--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -323,157 +323,157 @@
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2313067277"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2313067277"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1266673233"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1266673233"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1266673233"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>non vedente, come risulta dalla documentazione allegata;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426" w:leader="none"/>
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2313067277"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2313067277"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1266673233"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1266673233"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1266673233"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>con deambulazione impedita o sensibilmente ridotta in modo permanente, come risulta dalla documentazione allegata;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426" w:leader="none"/>
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2313067277"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2313067277"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1266673233"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1266673233"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1266673233"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>con deambulazione impedita o sensibilmente ridotta a tempo determinato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteCharacters"/>
           <w:rStyle w:val="FootnoteAnchor"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -835,91 +835,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">certificazione comprovante  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2313067277"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2313067277"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1266673233"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1266673233"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1266673233"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> lo stato di non vedente  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2313067277"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2313067277"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1266673233"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1266673233"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1266673233"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> la capacità di deambulazione impedita o sensibilmente ridotta, rilasciata dalla Commissione Medica o dall’ufficio medico legale dell’Azienda Sanitaria Locale di appartenenza;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>