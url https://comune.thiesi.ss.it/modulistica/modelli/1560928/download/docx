--- v1 (2025-12-04)
+++ v2 (2026-01-18)
@@ -323,157 +323,157 @@
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1266673233"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1266673233"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2047422128"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2047422128"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2047422128"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>non vedente, come risulta dalla documentazione allegata;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426" w:leader="none"/>
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1266673233"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1266673233"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2047422128"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2047422128"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2047422128"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>con deambulazione impedita o sensibilmente ridotta in modo permanente, come risulta dalla documentazione allegata;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426" w:leader="none"/>
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1266673233"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1266673233"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2047422128"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2047422128"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2047422128"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>con deambulazione impedita o sensibilmente ridotta a tempo determinato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteCharacters"/>
           <w:rStyle w:val="FootnoteAnchor"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -835,91 +835,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">certificazione comprovante  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1266673233"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1266673233"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2047422128"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2047422128"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2047422128"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> lo stato di non vedente  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1266673233"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1266673233"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2047422128"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2047422128"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2047422128"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> la capacità di deambulazione impedita o sensibilmente ridotta, rilasciata dalla Commissione Medica o dall’ufficio medico legale dell’Azienda Sanitaria Locale di appartenenza;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>