--- v2 (2026-01-18)
+++ v3 (2026-01-18)
@@ -323,157 +323,157 @@
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2047422128"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2047422128"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2535266546"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2535266546"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2535266546"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>non vedente, come risulta dalla documentazione allegata;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426" w:leader="none"/>
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2047422128"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2047422128"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2535266546"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2535266546"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2535266546"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>con deambulazione impedita o sensibilmente ridotta in modo permanente, come risulta dalla documentazione allegata;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426" w:leader="none"/>
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2047422128"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2047422128"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2535266546"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2535266546"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2535266546"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>con deambulazione impedita o sensibilmente ridotta a tempo determinato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteCharacters"/>
           <w:rStyle w:val="FootnoteAnchor"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -835,91 +835,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">certificazione comprovante  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2047422128"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2047422128"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2535266546"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2535266546"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2535266546"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> lo stato di non vedente  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2047422128"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2047422128"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2535266546"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2535266546"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2535266546"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> la capacità di deambulazione impedita o sensibilmente ridotta, rilasciata dalla Commissione Medica o dall’ufficio medico legale dell’Azienda Sanitaria Locale di appartenenza;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>