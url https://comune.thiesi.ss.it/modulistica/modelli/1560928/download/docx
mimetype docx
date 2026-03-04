--- v3 (2026-01-18)
+++ v4 (2026-03-04)
@@ -323,157 +323,157 @@
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2535266546"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2535266546"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1040858306"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1040858306"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1040858306"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>non vedente, come risulta dalla documentazione allegata;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426" w:leader="none"/>
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2535266546"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2535266546"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1040858306"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1040858306"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1040858306"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>con deambulazione impedita o sensibilmente ridotta in modo permanente, come risulta dalla documentazione allegata;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426" w:leader="none"/>
         </w:tabs>
         <w:autoSpaceDE w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2535266546"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2535266546"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1040858306"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1040858306"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1040858306"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>con deambulazione impedita o sensibilmente ridotta a tempo determinato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteCharacters"/>
           <w:rStyle w:val="FootnoteAnchor"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -835,91 +835,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">certificazione comprovante  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2535266546"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2535266546"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1040858306"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1040858306"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1040858306"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> lo stato di non vedente  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2535266546"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2535266546"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1040858306"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1040858306"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1040858306"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> la capacità di deambulazione impedita o sensibilmente ridotta, rilasciata dalla Commissione Medica o dall’ufficio medico legale dell’Azienda Sanitaria Locale di appartenenza;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>